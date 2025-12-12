--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5b3dc812644ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fd987b24e6a4a8980f4742534af395b.psmdcp" Id="R8bfd6c8603304582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62e7a2feced4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72ddaf9ed6d64e5bb25c0496db3828bb.psmdcp" Id="R6af9e59863104807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Occupation By Gender And Nationality</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -313,51 +313,51 @@
   <x:si>
     <x:t>SPECIALIST DENTISTS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>NON-CLINICAL NURSING PROFESSIONALS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>ECONOMIST (2022)</x:t>
   </x:si>
   <x:si>
     <x:t>ELEMENTARY OCCUPATIONS (IMMIGRATION SECTOR) (TRANSPORT SERVICE ASSISTANTS)</x:t>
   </x:si>
   <x:si>
     <x:t>DENTAL SPECIALIST</x:t>
   </x:si>
   <x:si>
     <x:t>SPEECH-LANGUAGE PATHOLOGISTS AND AUDIOLOGISTS  (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>PSYCHOLOGISTS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>SEISMOLOGY</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/25/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 12/12/2025 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>