--- v1 (2025-12-12)
+++ v2 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62e7a2feced4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72ddaf9ed6d64e5bb25c0496db3828bb.psmdcp" Id="R6af9e59863104807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076054e3f0fe430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4c58529c26c48b2857debf19828ba56.psmdcp" Id="Rb73ac4c4e2544af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Occupation By Gender And Nationality</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -313,51 +313,51 @@
   <x:si>
     <x:t>SPECIALIST DENTISTS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>NON-CLINICAL NURSING PROFESSIONALS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>ECONOMIST (2022)</x:t>
   </x:si>
   <x:si>
     <x:t>ELEMENTARY OCCUPATIONS (IMMIGRATION SECTOR) (TRANSPORT SERVICE ASSISTANTS)</x:t>
   </x:si>
   <x:si>
     <x:t>DENTAL SPECIALIST</x:t>
   </x:si>
   <x:si>
     <x:t>SPEECH-LANGUAGE PATHOLOGISTS AND AUDIOLOGISTS  (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>PSYCHOLOGISTS (2023)</x:t>
   </x:si>
   <x:si>
     <x:t>SEISMOLOGY</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 12/12/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 2/20/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>