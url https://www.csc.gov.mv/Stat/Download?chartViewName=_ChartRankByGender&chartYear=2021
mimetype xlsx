--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56e0717f3b24320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/923c87a285f947aa88b8f088bf708f58.psmdcp" Id="Reab20f6a0c71427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84879886f2ea4145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2032ec3f512b4005858872b7f9947d88.psmdcp" Id="Rac6fbc614f684b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -331,51 +331,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 14-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-1</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 2-1</x:t>
   </x:si>
   <x:si>
     <x:t>EXECUTIVE 7</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/19/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 12/7/2025 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>