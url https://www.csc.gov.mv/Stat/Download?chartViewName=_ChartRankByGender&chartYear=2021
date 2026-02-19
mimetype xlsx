--- v1 (2025-12-07)
+++ v2 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84879886f2ea4145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2032ec3f512b4005858872b7f9947d88.psmdcp" Id="Rac6fbc614f684b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5558992637454127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2bba2bbe22242d7bc654fc0688c55d8.psmdcp" Id="R89b55d838d6d4d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -331,51 +331,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 14-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-1</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 2-1</x:t>
   </x:si>
   <x:si>
     <x:t>EXECUTIVE 7</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 12/7/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 2/20/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>