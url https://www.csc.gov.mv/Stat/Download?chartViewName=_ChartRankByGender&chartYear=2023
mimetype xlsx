--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc892a64551384f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcb62808209d4dcda3b2a952c6a34c9a.psmdcp" Id="R6c444e84396547ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5aa6d9729c447de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8cba97a962a4a85a4ad495f1a86a91e.psmdcp" Id="R5ad2da349a754ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/21/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 12/7/2025 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>