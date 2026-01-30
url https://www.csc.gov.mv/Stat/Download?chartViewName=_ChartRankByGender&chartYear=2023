--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5aa6d9729c447de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8cba97a962a4a85a4ad495f1a86a91e.psmdcp" Id="R5ad2da349a754ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ee032f7a6941ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca76efdfd1c44097a266e9e2b910c295.psmdcp" Id="R79d6aa6e93aa41e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 12/7/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 1/30/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>