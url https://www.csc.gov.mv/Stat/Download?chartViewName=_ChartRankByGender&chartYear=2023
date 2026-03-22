--- v2 (2026-01-30)
+++ v3 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ee032f7a6941ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca76efdfd1c44097a266e9e2b910c295.psmdcp" Id="R79d6aa6e93aa41e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94af6ca6aed54865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e6f666bda064e519e4edf71dcabe4db.psmdcp" Id="R6bb9f6df2a5648ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 1/30/2026 12:00:00 AM</x:t>
+    <x:t>Generated on: 3/22/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>